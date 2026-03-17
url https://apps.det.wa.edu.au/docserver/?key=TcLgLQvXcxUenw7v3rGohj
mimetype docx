--- v0 (2025-12-06)
+++ v1 (2026-03-17)
@@ -1,59 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="31EDAE23" w14:textId="3DD3979F" w:rsidR="00746651" w:rsidRDefault="005527D4" w:rsidP="00691D58">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rStyle w:val="DocumentSubtitle"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk103166844"/>
       <w:bookmarkStart w:id="1" w:name="_Toc84334888"/>
       <w:r>
         <w:t>PLIS public calendar</w:t>
       </w:r>
       <w:r w:rsidR="00691D58">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00407835">
         <w:t>guide</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
@@ -351,204 +353,192 @@
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="004034D5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>https://plis.education.wa.edu.au/public.aspx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00746651" w14:paraId="109DF3F7" w14:textId="77777777" w:rsidTr="008313ED">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45CA73AE" w14:textId="482AACBA" w:rsidR="003E47B3" w:rsidRPr="00786414" w:rsidRDefault="003E47B3" w:rsidP="003E47B3">
+          <w:p w14:paraId="45CA73AE" w14:textId="7A7F098A" w:rsidR="003E47B3" w:rsidRPr="00786414" w:rsidRDefault="003E47B3" w:rsidP="003E47B3">
             <w:r w:rsidRPr="00786414">
               <w:t>Step 2:</w:t>
             </w:r>
             <w:r w:rsidRPr="003E47B3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00F37AD2">
+              <w:t>Create</w:t>
+            </w:r>
             <w:r w:rsidRPr="00786414">
-              <w:t>Register a</w:t>
+              <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidR="009D55EA">
               <w:t xml:space="preserve"> public user </w:t>
             </w:r>
             <w:r w:rsidRPr="00786414">
               <w:t>account</w:t>
             </w:r>
             <w:r w:rsidR="009D55EA">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="458370CA" w14:textId="40CF35BF" w:rsidR="00746651" w:rsidRPr="003E47B3" w:rsidRDefault="003E47B3">
+          <w:p w14:paraId="458370CA" w14:textId="0AEB8404" w:rsidR="00746651" w:rsidRPr="003E47B3" w:rsidRDefault="003E47B3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="680"/>
               </w:tabs>
               <w:ind w:left="306" w:hanging="284"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E47B3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Select</w:t>
             </w:r>
             <w:r w:rsidR="003C1C47">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="003E47B3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="003C1C47">
-              <w:t>Register</w:t>
+            <w:r w:rsidR="00F37AD2">
+              <w:t>Create Account</w:t>
             </w:r>
             <w:r w:rsidR="003C1C47">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> link</w:t>
             </w:r>
             <w:r w:rsidRPr="003E47B3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">. This is </w:t>
             </w:r>
             <w:r w:rsidR="009D55EA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>located towards the</w:t>
             </w:r>
             <w:r w:rsidRPr="003E47B3">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> upper right-hand side of the screen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E8ADF1B" w14:textId="25C820CE" w:rsidR="0052331E" w:rsidRDefault="00795E10" w:rsidP="00CA7061">
+          <w:p w14:paraId="5E8ADF1B" w14:textId="28F2A520" w:rsidR="0052331E" w:rsidRDefault="00145337" w:rsidP="00CA7061">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="099F40A0" wp14:editId="6309D4CE">
-[...2 lines deleted...]
-                  <wp:docPr id="11" name="Picture 11" descr="A close-up of a computer screen&#10;&#10;Description automatically generated"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FB5963C" wp14:editId="7451854A">
+                  <wp:extent cx="3749040" cy="188595"/>
+                  <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
+                  <wp:docPr id="259307699" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="11" name="Picture 11" descr="A close-up of a computer screen&#10;&#10;Description automatically generated"/>
+                          <pic:cNvPr id="259307699" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
-                        <pic:blipFill rotWithShape="1">
-[...8 lines deleted...]
-                          <a:stretch/>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId11"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
                         </pic:blipFill>
-                        <pic:spPr bwMode="auto">
+                        <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="3690617" cy="593789"/>
+                            <a:ext cx="3749040" cy="188595"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
-                          <a:ln w="12700">
-[...8 lines deleted...]
-                          </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00746651" w14:paraId="01D9C577" w14:textId="77777777" w:rsidTr="009D55EA">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4315" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14505400" w14:textId="283129F2" w:rsidR="00435F17" w:rsidRPr="00786414" w:rsidRDefault="00435F17" w:rsidP="00435F17">
             <w:r w:rsidRPr="00786414">
               <w:t>Step 3: Enter your details</w:t>
             </w:r>
             <w:r w:rsidR="009D55EA">
@@ -2056,51 +2046,51 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Close the browser and navigate to your email.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56638BF9" w14:textId="14DD453B" w:rsidR="00B51674" w:rsidRDefault="00B51674">
             <w:pPr>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B39088E" wp14:editId="4067A3F5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B39088E" wp14:editId="522ABD51">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>133350</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>50800</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="3604808" cy="753614"/>
                   <wp:effectExtent l="19050" t="19050" r="15240" b="27940"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Picture 4" descr="Graphical user interface, text&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Picture 4" descr="Graphical user interface, text&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2310,51 +2300,51 @@
               <w:t>email</w:t>
             </w:r>
             <w:r w:rsidR="00760FF6">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> address.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="318BB58F" w14:textId="532185B5" w:rsidR="00837190" w:rsidRDefault="00760FF6" w:rsidP="00EB032A">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48135B87" wp14:editId="3AF0BBF6">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="48135B87" wp14:editId="12F8142D">
                   <wp:extent cx="3749040" cy="1111250"/>
                   <wp:effectExtent l="0" t="0" r="3810" b="0"/>
                   <wp:docPr id="25" name="Picture 25"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="25" name="Picture 25"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
@@ -5884,54 +5874,55 @@
         <w:t xml:space="preserve">accurate or incomplete, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">you can update the information during event registration using the </w:t>
       </w:r>
       <w:r w:rsidRPr="00915288">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Update Attendee Details</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> feature. Alternatively, you can contact the event coordinator for assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611D5702" w14:textId="4CF29524" w:rsidR="00271C85" w:rsidRPr="00746651" w:rsidRDefault="00271C85" w:rsidP="00A56F76"/>
     <w:sectPr w:rsidR="00271C85" w:rsidRPr="00746651" w:rsidSect="009D55EA">
-      <w:headerReference w:type="default" r:id="rId34"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId37"/>
+      <w:headerReference w:type="even" r:id="rId34"/>
+      <w:headerReference w:type="default" r:id="rId35"/>
+      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:headerReference w:type="first" r:id="rId37"/>
+      <w:footerReference w:type="first" r:id="rId38"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0260">
       <wne:acd wne:acdName="acd3"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0261">
       <wne:acd wne:acdName="acd0"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0262">
       <wne:acd wne:acdName="acd1"/>
     </wne:keymap>
     <wne:keymap wne:kcmPrimary="0263">
       <wne:acd wne:acdName="acd2"/>
     </wne:keymap>
@@ -6014,58 +6005,64 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C08AA55" w14:textId="28896D30" w:rsidR="008626AA" w:rsidRPr="001E1668" w:rsidRDefault="008626AA" w:rsidP="008626AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="001E1668">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="001E1668">
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="TRIM number"/>
         <w:tag w:val="TRIM number"/>
         <w:id w:val="-1358730056"/>
         <w:placeholder>
           <w:docPart w:val="F8B875216C6B405EBCA8EF1ABC543866"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://purl.org/dc/elements/1.1/' xmlns:ns1='http://schemas.openxmlformats.org/package/2006/metadata/core-properties' " w:xpath="/ns1:coreProperties[1]/ns1:contentStatus[1]" w:storeItemID="{6C3C8BC8-F283-45AE-878A-BAB7291924A1}"/>
@@ -6201,55 +6198,304 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E5FFD37" w14:textId="77777777" w:rsidR="00865582" w:rsidRDefault="00865582" w:rsidP="00127DAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1C0A799D" w14:textId="77777777" w:rsidR="00865582" w:rsidRDefault="00865582" w:rsidP="00127DAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="410E5F68" w14:textId="77777777" w:rsidR="00633068" w:rsidRDefault="00633068">
+  <w:p w14:paraId="395B8FBE" w14:textId="79DC1754" w:rsidR="00145337" w:rsidRDefault="00145337">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B77F219" wp14:editId="3AE8E4B2">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="692028412" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2F824536" w14:textId="33A5E2D6" w:rsidR="00145337" w:rsidRPr="00145337" w:rsidRDefault="00145337" w:rsidP="00145337">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00145337">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0B77F219" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660800;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2F824536" w14:textId="33A5E2D6" w:rsidR="00145337" w:rsidRPr="00145337" w:rsidRDefault="00145337" w:rsidP="00145337">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00145337">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="410E5F68" w14:textId="20757C3B" w:rsidR="00633068" w:rsidRDefault="00145337">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="562BAF56" wp14:editId="297EB368">
+              <wp:simplePos x="457200" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1014647767" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="14265841" w14:textId="1E148437" w:rsidR="00145337" w:rsidRPr="00145337" w:rsidRDefault="00145337" w:rsidP="00145337">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00145337">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="562BAF56" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251661824;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="14265841" w14:textId="1E148437" w:rsidR="00145337" w:rsidRPr="00145337" w:rsidRDefault="00145337" w:rsidP="00145337">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00145337">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00633068">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F2169C6" wp14:editId="2FE3AF57">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>top</wp:align>
           </wp:positionV>
           <wp:extent cx="7559998" cy="10690691"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 2" descr="DOE Fact Sheet-1 copy"/>
@@ -6273,57 +6519,177 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559998" cy="10690691"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="56375EC1" w14:textId="274BC476" w:rsidR="00916AF7" w:rsidRDefault="00DB20F2" w:rsidP="00127DAD">
+  <w:p w14:paraId="56375EC1" w14:textId="762C9F81" w:rsidR="00916AF7" w:rsidRDefault="00145337" w:rsidP="00127DAD">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28EFFDB1" wp14:editId="3C4EB733">
+              <wp:simplePos x="457200" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1826261284" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3D061E73" w14:textId="2ECAF9E5" w:rsidR="00145337" w:rsidRPr="00145337" w:rsidRDefault="00145337" w:rsidP="00145337">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00145337">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="28EFFDB1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659776;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3D061E73" w14:textId="2ECAF9E5" w:rsidR="00145337" w:rsidRPr="00145337" w:rsidRDefault="00145337" w:rsidP="00145337">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00145337">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DB20F2">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CCA7159" wp14:editId="0D6B4DE2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>top</wp:align>
           </wp:positionV>
           <wp:extent cx="7559999" cy="10690694"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="DOE Fact Sheet-1 copy"/>
@@ -9194,50 +9560,51 @@
     <w:rsid w:val="00062D1E"/>
     <w:rsid w:val="000669FF"/>
     <w:rsid w:val="00067BA3"/>
     <w:rsid w:val="000700B8"/>
     <w:rsid w:val="0007329C"/>
     <w:rsid w:val="00073C07"/>
     <w:rsid w:val="000776FB"/>
     <w:rsid w:val="00077ED0"/>
     <w:rsid w:val="000863F5"/>
     <w:rsid w:val="00092DEE"/>
     <w:rsid w:val="000A5C8A"/>
     <w:rsid w:val="000A6D78"/>
     <w:rsid w:val="000B0131"/>
     <w:rsid w:val="000B0F4C"/>
     <w:rsid w:val="000B6A3E"/>
     <w:rsid w:val="000E5FCE"/>
     <w:rsid w:val="000E61C9"/>
     <w:rsid w:val="000E69D4"/>
     <w:rsid w:val="000F3848"/>
     <w:rsid w:val="000F6D5A"/>
     <w:rsid w:val="00117BC1"/>
     <w:rsid w:val="0012336F"/>
     <w:rsid w:val="00127DAD"/>
     <w:rsid w:val="00131965"/>
     <w:rsid w:val="0013587A"/>
+    <w:rsid w:val="00145337"/>
     <w:rsid w:val="001616FA"/>
     <w:rsid w:val="00162826"/>
     <w:rsid w:val="0017483D"/>
     <w:rsid w:val="00177D2D"/>
     <w:rsid w:val="00185215"/>
     <w:rsid w:val="001A0C8A"/>
     <w:rsid w:val="001A3E7A"/>
     <w:rsid w:val="001D169E"/>
     <w:rsid w:val="001D4434"/>
     <w:rsid w:val="001E1668"/>
     <w:rsid w:val="001E62CB"/>
     <w:rsid w:val="001F6336"/>
     <w:rsid w:val="001F63E2"/>
     <w:rsid w:val="00231A21"/>
     <w:rsid w:val="00237DA1"/>
     <w:rsid w:val="00250BF2"/>
     <w:rsid w:val="00260A6F"/>
     <w:rsid w:val="002715EE"/>
     <w:rsid w:val="00271AA4"/>
     <w:rsid w:val="00271C85"/>
     <w:rsid w:val="002771D2"/>
     <w:rsid w:val="002964D2"/>
     <w:rsid w:val="00297C14"/>
     <w:rsid w:val="002A5A85"/>
     <w:rsid w:val="002D49E6"/>
@@ -9274,50 +9641,51 @@
     <w:rsid w:val="003D46AC"/>
     <w:rsid w:val="003E053B"/>
     <w:rsid w:val="003E1CCB"/>
     <w:rsid w:val="003E47B3"/>
     <w:rsid w:val="003F42B9"/>
     <w:rsid w:val="004034D5"/>
     <w:rsid w:val="00407835"/>
     <w:rsid w:val="004103B9"/>
     <w:rsid w:val="00414D84"/>
     <w:rsid w:val="0042142B"/>
     <w:rsid w:val="00424303"/>
     <w:rsid w:val="00435F17"/>
     <w:rsid w:val="00440775"/>
     <w:rsid w:val="0044231C"/>
     <w:rsid w:val="00442366"/>
     <w:rsid w:val="004457C7"/>
     <w:rsid w:val="0045337E"/>
     <w:rsid w:val="004661A2"/>
     <w:rsid w:val="00466E52"/>
     <w:rsid w:val="004A2133"/>
     <w:rsid w:val="004A60DD"/>
     <w:rsid w:val="004A6FF5"/>
     <w:rsid w:val="004B06B1"/>
     <w:rsid w:val="004D0B2E"/>
     <w:rsid w:val="004D1998"/>
+    <w:rsid w:val="004D44A4"/>
     <w:rsid w:val="004D4AE7"/>
     <w:rsid w:val="004F3819"/>
     <w:rsid w:val="0050052A"/>
     <w:rsid w:val="00507902"/>
     <w:rsid w:val="00515A95"/>
     <w:rsid w:val="0052331E"/>
     <w:rsid w:val="005527D4"/>
     <w:rsid w:val="00561871"/>
     <w:rsid w:val="00564102"/>
     <w:rsid w:val="00566FE9"/>
     <w:rsid w:val="005728CD"/>
     <w:rsid w:val="005A1925"/>
     <w:rsid w:val="005B118D"/>
     <w:rsid w:val="005B2D97"/>
     <w:rsid w:val="005D0F5C"/>
     <w:rsid w:val="005D39AD"/>
     <w:rsid w:val="005E1145"/>
     <w:rsid w:val="005E1703"/>
     <w:rsid w:val="00602B29"/>
     <w:rsid w:val="0060579B"/>
     <w:rsid w:val="00620FC1"/>
     <w:rsid w:val="00633068"/>
     <w:rsid w:val="0065350E"/>
     <w:rsid w:val="00656D00"/>
     <w:rsid w:val="0066581B"/>
@@ -9507,50 +9875,51 @@
     <w:rsid w:val="00E43656"/>
     <w:rsid w:val="00E473AC"/>
     <w:rsid w:val="00E55C69"/>
     <w:rsid w:val="00E643C2"/>
     <w:rsid w:val="00E71C01"/>
     <w:rsid w:val="00E776A5"/>
     <w:rsid w:val="00E9357B"/>
     <w:rsid w:val="00E9501F"/>
     <w:rsid w:val="00E95CBA"/>
     <w:rsid w:val="00E977D2"/>
     <w:rsid w:val="00EA0271"/>
     <w:rsid w:val="00EB032A"/>
     <w:rsid w:val="00EB5069"/>
     <w:rsid w:val="00EB579E"/>
     <w:rsid w:val="00EC09B5"/>
     <w:rsid w:val="00EC72F6"/>
     <w:rsid w:val="00ED3AB9"/>
     <w:rsid w:val="00EF20B0"/>
     <w:rsid w:val="00F0060B"/>
     <w:rsid w:val="00F105A5"/>
     <w:rsid w:val="00F17CA4"/>
     <w:rsid w:val="00F2038C"/>
     <w:rsid w:val="00F24F5D"/>
     <w:rsid w:val="00F26424"/>
     <w:rsid w:val="00F26CE3"/>
+    <w:rsid w:val="00F37AD2"/>
     <w:rsid w:val="00F4033E"/>
     <w:rsid w:val="00F424CF"/>
     <w:rsid w:val="00F50F29"/>
     <w:rsid w:val="00F5152E"/>
     <w:rsid w:val="00F5153A"/>
     <w:rsid w:val="00F6045C"/>
     <w:rsid w:val="00F6628D"/>
     <w:rsid w:val="00F8161E"/>
     <w:rsid w:val="00F81EB6"/>
     <w:rsid w:val="00F86C56"/>
     <w:rsid w:val="00F930A0"/>
     <w:rsid w:val="00F94052"/>
     <w:rsid w:val="00FA03FB"/>
     <w:rsid w:val="00FA1899"/>
     <w:rsid w:val="00FA771C"/>
     <w:rsid w:val="00FB6D45"/>
     <w:rsid w:val="00FC4262"/>
     <w:rsid w:val="00FC6FAE"/>
     <w:rsid w:val="00FD1859"/>
     <w:rsid w:val="00FE26F9"/>
     <w:rsid w:val="00FE62C8"/>
     <w:rsid w:val="00FE7865"/>
     <w:rsid w:val="00FF11AD"/>
     <w:rsid w:val="00FF6CB9"/>
   </w:rsids>
@@ -10711,53 +11080,50 @@
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="DOETable1">
     <w:name w:val="DOE Table 1"/>
     <w:basedOn w:val="ListTable4-Accent6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00767175"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="85" w:type="dxa"/>
         <w:bottom w:w="85" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0085AC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="0085AC"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
@@ -10774,53 +11140,50 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFE0EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFE0EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="DOETable2">
     <w:name w:val="DOE Table 2"/>
     <w:basedOn w:val="DOETable1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00767175"/>
     <w:tblPr/>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0085AC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
@@ -11509,53 +11872,50 @@
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="DOETable1OceanJade">
     <w:name w:val="DOE Table 1 (Ocean Jade)"/>
     <w:basedOn w:val="ListTable4-Accent6"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008313ED"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
       </w:tblBorders>
     </w:tblPr>
-    <w:tcPr>
-[...1 lines deleted...]
-    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="0085AC"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0085AC"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -11611,58 +11971,58 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1803233873">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plis.education.wa.edu.au/public.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="81CD66BF8E3441BAA0994CD93954A560"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{12243DAD-1AE2-4475-BF05-702B135BA3AD}"/>
       </w:docPartPr>
@@ -11812,97 +12172,98 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...5 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00991E2F"/>
     <w:rsid w:val="001439F3"/>
     <w:rsid w:val="001562FA"/>
     <w:rsid w:val="003F43C2"/>
     <w:rsid w:val="004341D0"/>
     <w:rsid w:val="0044579D"/>
     <w:rsid w:val="00462B0A"/>
     <w:rsid w:val="004C60B5"/>
+    <w:rsid w:val="004D44A4"/>
     <w:rsid w:val="005F08A1"/>
     <w:rsid w:val="006E38BC"/>
     <w:rsid w:val="00716BF8"/>
     <w:rsid w:val="00787484"/>
     <w:rsid w:val="007A4271"/>
     <w:rsid w:val="0085760A"/>
     <w:rsid w:val="00991E2F"/>
     <w:rsid w:val="00A265EB"/>
     <w:rsid w:val="00A335A1"/>
     <w:rsid w:val="00C93EBF"/>
     <w:rsid w:val="00EE7CC0"/>
     <w:rsid w:val="00F86EA9"/>
     <w:rsid w:val="00FA0027"/>
     <w:rsid w:val="00FE2BF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -12692,70 +13053,108 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{327B6C97-2088-4174-AFFD-FB04074F248F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>968</Words>
-  <Characters>5057</Characters>
+  <Words>901</Words>
+  <Characters>5128</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>337</Lines>
-  <Paragraphs>120</Paragraphs>
+  <Lines>512</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Department of Education Western Australia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5905</CharactersWithSpaces>
+  <CharactersWithSpaces>5949</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DAVIES Vaughan [Public Relations &amp; Marketing]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:contentStatus>D24/0121652</cp:contentStatus>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>6cda8924,293f83fc,3c7a4bd7</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#000000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SetDate">
+    <vt:lpwstr>2026-02-06T01:26:51Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_SiteId">
+    <vt:lpwstr>e08016f9-d1fd-4cbb-83b0-b76eb4361627</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ActionId">
+    <vt:lpwstr>0bdd42ac-7311-4fc2-9e6f-0f868a89683b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1ab51697-d8d5-4b00-af1f-cc3ba473113c_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>